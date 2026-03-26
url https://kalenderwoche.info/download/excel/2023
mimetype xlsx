--- v0 (2026-02-09)
+++ v1 (2026-03-26)
@@ -261,1074 +261,1074 @@
     <row r="3">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
         <v>1</v>
       </c>
       <c r="B4" s="3">
-        <v>44928</v>
+        <v>44927</v>
       </c>
       <c r="C4" s="3">
-        <v>44934</v>
+        <v>44933</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="2">
         <f>C4-B4+1</f>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>2</v>
       </c>
       <c r="B5" s="3">
-        <v>44935</v>
+        <v>44934</v>
       </c>
       <c r="C5" s="3">
-        <v>44941</v>
+        <v>44940</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="2">
         <f>C5-B5+1</f>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>3</v>
       </c>
       <c r="B6" s="3">
-        <v>44942</v>
+        <v>44941</v>
       </c>
       <c r="C6" s="3">
-        <v>44948</v>
+        <v>44947</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="2">
         <f>C6-B6+1</f>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>4</v>
       </c>
       <c r="B7" s="3">
-        <v>44949</v>
+        <v>44948</v>
       </c>
       <c r="C7" s="3">
-        <v>44955</v>
+        <v>44954</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="2">
         <f>C7-B7+1</f>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>5</v>
       </c>
       <c r="B8" s="3">
-        <v>44956</v>
+        <v>44955</v>
       </c>
       <c r="C8" s="3">
-        <v>44962</v>
+        <v>44961</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="2">
         <f>C8-B8+1</f>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>6</v>
       </c>
       <c r="B9" s="3">
-        <v>44963</v>
+        <v>44962</v>
       </c>
       <c r="C9" s="3">
-        <v>44969</v>
+        <v>44968</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="2">
         <f>C9-B9+1</f>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>7</v>
       </c>
       <c r="B10" s="3">
-        <v>44970</v>
+        <v>44969</v>
       </c>
       <c r="C10" s="3">
-        <v>44976</v>
+        <v>44975</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="2">
         <f>C10-B10+1</f>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>8</v>
       </c>
       <c r="B11" s="3">
-        <v>44977</v>
+        <v>44976</v>
       </c>
       <c r="C11" s="3">
-        <v>44983</v>
+        <v>44982</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="2">
         <f>C11-B11+1</f>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>9</v>
       </c>
       <c r="B12" s="3">
-        <v>44984</v>
+        <v>44983</v>
       </c>
       <c r="C12" s="3">
-        <v>44990</v>
+        <v>44989</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="2">
         <f>C12-B12+1</f>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>10</v>
       </c>
       <c r="B13" s="3">
-        <v>44991</v>
+        <v>44990</v>
       </c>
       <c r="C13" s="3">
-        <v>44997</v>
+        <v>44996</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="2">
         <f>C13-B13+1</f>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>11</v>
       </c>
       <c r="B14" s="3">
-        <v>44998</v>
+        <v>44997</v>
       </c>
       <c r="C14" s="3">
-        <v>45004</v>
+        <v>45003</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="2">
         <f>C14-B14+1</f>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>12</v>
       </c>
       <c r="B15" s="3">
-        <v>45005</v>
+        <v>45004</v>
       </c>
       <c r="C15" s="3">
-        <v>45011</v>
+        <v>45010</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F15" s="2">
         <f>C15-B15+1</f>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>13</v>
       </c>
       <c r="B16" s="3">
-        <v>45012</v>
+        <v>45011</v>
       </c>
       <c r="C16" s="3">
-        <v>45018</v>
+        <v>45017</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F16" s="2">
         <f>C16-B16+1</f>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>14</v>
       </c>
       <c r="B17" s="3">
-        <v>45019</v>
+        <v>45018</v>
       </c>
       <c r="C17" s="3">
-        <v>45025</v>
+        <v>45024</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="2">
         <f>C17-B17+1</f>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>15</v>
       </c>
       <c r="B18" s="3">
-        <v>45026</v>
+        <v>45025</v>
       </c>
       <c r="C18" s="3">
-        <v>45032</v>
+        <v>45031</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="2">
         <f>C18-B18+1</f>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>16</v>
       </c>
       <c r="B19" s="3">
-        <v>45033</v>
+        <v>45032</v>
       </c>
       <c r="C19" s="3">
-        <v>45039</v>
+        <v>45038</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="2">
         <f>C19-B19+1</f>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>17</v>
       </c>
       <c r="B20" s="3">
-        <v>45040</v>
+        <v>45039</v>
       </c>
       <c r="C20" s="3">
-        <v>45046</v>
+        <v>45045</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="2">
         <f>C20-B20+1</f>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>18</v>
       </c>
       <c r="B21" s="3">
-        <v>45047</v>
+        <v>45046</v>
       </c>
       <c r="C21" s="3">
-        <v>45053</v>
+        <v>45052</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="2">
         <f>C21-B21+1</f>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>19</v>
       </c>
       <c r="B22" s="3">
-        <v>45054</v>
+        <v>45053</v>
       </c>
       <c r="C22" s="3">
-        <v>45060</v>
+        <v>45059</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="2">
         <f>C22-B22+1</f>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>20</v>
       </c>
       <c r="B23" s="3">
-        <v>45061</v>
+        <v>45060</v>
       </c>
       <c r="C23" s="3">
-        <v>45067</v>
+        <v>45066</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="2">
         <f>C23-B23+1</f>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>21</v>
       </c>
       <c r="B24" s="3">
-        <v>45068</v>
+        <v>45067</v>
       </c>
       <c r="C24" s="3">
-        <v>45074</v>
+        <v>45073</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="2">
         <f>C24-B24+1</f>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>22</v>
       </c>
       <c r="B25" s="3">
-        <v>45075</v>
+        <v>45074</v>
       </c>
       <c r="C25" s="3">
-        <v>45081</v>
+        <v>45080</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="2">
         <f>C25-B25+1</f>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>23</v>
       </c>
       <c r="B26" s="3">
-        <v>45082</v>
+        <v>45081</v>
       </c>
       <c r="C26" s="3">
-        <v>45088</v>
+        <v>45087</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="2">
         <f>C26-B26+1</f>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>24</v>
       </c>
       <c r="B27" s="3">
-        <v>45089</v>
+        <v>45088</v>
       </c>
       <c r="C27" s="3">
-        <v>45095</v>
+        <v>45094</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="2">
         <f>C27-B27+1</f>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>25</v>
       </c>
       <c r="B28" s="3">
-        <v>45096</v>
+        <v>45095</v>
       </c>
       <c r="C28" s="3">
-        <v>45102</v>
+        <v>45101</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="2">
         <f>C28-B28+1</f>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>26</v>
       </c>
       <c r="B29" s="3">
-        <v>45103</v>
+        <v>45102</v>
       </c>
       <c r="C29" s="3">
-        <v>45109</v>
+        <v>45108</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="2">
         <f>C29-B29+1</f>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>27</v>
       </c>
       <c r="B30" s="3">
-        <v>45110</v>
+        <v>45109</v>
       </c>
       <c r="C30" s="3">
-        <v>45116</v>
+        <v>45115</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F30" s="2">
         <f>C30-B30+1</f>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>28</v>
       </c>
       <c r="B31" s="3">
-        <v>45117</v>
+        <v>45116</v>
       </c>
       <c r="C31" s="3">
-        <v>45123</v>
+        <v>45122</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F31" s="2">
         <f>C31-B31+1</f>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>29</v>
       </c>
       <c r="B32" s="3">
-        <v>45124</v>
+        <v>45123</v>
       </c>
       <c r="C32" s="3">
-        <v>45130</v>
+        <v>45129</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F32" s="2">
         <f>C32-B32+1</f>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>30</v>
       </c>
       <c r="B33" s="3">
-        <v>45131</v>
+        <v>45130</v>
       </c>
       <c r="C33" s="3">
-        <v>45137</v>
+        <v>45136</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F33" s="2">
         <f>C33-B33+1</f>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>31</v>
       </c>
       <c r="B34" s="3">
-        <v>45138</v>
+        <v>45137</v>
       </c>
       <c r="C34" s="3">
-        <v>45144</v>
+        <v>45143</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F34" s="2">
         <f>C34-B34+1</f>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>32</v>
       </c>
       <c r="B35" s="3">
-        <v>45145</v>
+        <v>45144</v>
       </c>
       <c r="C35" s="3">
-        <v>45151</v>
+        <v>45150</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F35" s="2">
         <f>C35-B35+1</f>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>33</v>
       </c>
       <c r="B36" s="3">
-        <v>45152</v>
+        <v>45151</v>
       </c>
       <c r="C36" s="3">
-        <v>45158</v>
+        <v>45157</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F36" s="2">
         <f>C36-B36+1</f>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>34</v>
       </c>
       <c r="B37" s="3">
-        <v>45159</v>
+        <v>45158</v>
       </c>
       <c r="C37" s="3">
-        <v>45165</v>
+        <v>45164</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F37" s="2">
         <f>C37-B37+1</f>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>35</v>
       </c>
       <c r="B38" s="3">
-        <v>45166</v>
+        <v>45165</v>
       </c>
       <c r="C38" s="3">
-        <v>45172</v>
+        <v>45171</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F38" s="2">
         <f>C38-B38+1</f>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>36</v>
       </c>
       <c r="B39" s="3">
-        <v>45173</v>
+        <v>45172</v>
       </c>
       <c r="C39" s="3">
-        <v>45179</v>
+        <v>45178</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F39" s="2">
         <f>C39-B39+1</f>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>37</v>
       </c>
       <c r="B40" s="3">
-        <v>45180</v>
+        <v>45179</v>
       </c>
       <c r="C40" s="3">
-        <v>45186</v>
+        <v>45185</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F40" s="2">
         <f>C40-B40+1</f>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>38</v>
       </c>
       <c r="B41" s="3">
-        <v>45187</v>
+        <v>45186</v>
       </c>
       <c r="C41" s="3">
-        <v>45193</v>
+        <v>45192</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F41" s="2">
         <f>C41-B41+1</f>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>39</v>
       </c>
       <c r="B42" s="3">
-        <v>45194</v>
+        <v>45193</v>
       </c>
       <c r="C42" s="3">
-        <v>45200</v>
+        <v>45199</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F42" s="2">
         <f>C42-B42+1</f>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>40</v>
       </c>
       <c r="B43" s="3">
-        <v>45201</v>
+        <v>45200</v>
       </c>
       <c r="C43" s="3">
-        <v>45207</v>
+        <v>45206</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="2">
         <f>C43-B43+1</f>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>41</v>
       </c>
       <c r="B44" s="3">
-        <v>45208</v>
+        <v>45207</v>
       </c>
       <c r="C44" s="3">
-        <v>45214</v>
+        <v>45213</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="2">
         <f>C44-B44+1</f>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>42</v>
       </c>
       <c r="B45" s="3">
-        <v>45215</v>
+        <v>45214</v>
       </c>
       <c r="C45" s="3">
-        <v>45221</v>
+        <v>45220</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="2">
         <f>C45-B45+1</f>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>43</v>
       </c>
       <c r="B46" s="3">
-        <v>45222</v>
+        <v>45221</v>
       </c>
       <c r="C46" s="3">
-        <v>45228</v>
+        <v>45227</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="2">
         <f>C46-B46+1</f>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>44</v>
       </c>
       <c r="B47" s="3">
-        <v>45229</v>
+        <v>45228</v>
       </c>
       <c r="C47" s="3">
-        <v>45235</v>
+        <v>45234</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="2">
         <f>C47-B47+1</f>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>45</v>
       </c>
       <c r="B48" s="3">
-        <v>45236</v>
+        <v>45235</v>
       </c>
       <c r="C48" s="3">
-        <v>45242</v>
+        <v>45241</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="2">
         <f>C48-B48+1</f>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>46</v>
       </c>
       <c r="B49" s="3">
-        <v>45243</v>
+        <v>45242</v>
       </c>
       <c r="C49" s="3">
-        <v>45249</v>
+        <v>45248</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="2">
         <f>C49-B49+1</f>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>47</v>
       </c>
       <c r="B50" s="3">
-        <v>45250</v>
+        <v>45249</v>
       </c>
       <c r="C50" s="3">
-        <v>45256</v>
+        <v>45255</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="2">
         <f>C50-B50+1</f>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>48</v>
       </c>
       <c r="B51" s="3">
-        <v>45257</v>
+        <v>45256</v>
       </c>
       <c r="C51" s="3">
-        <v>45263</v>
+        <v>45262</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="2">
         <f>C51-B51+1</f>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>49</v>
       </c>
       <c r="B52" s="3">
-        <v>45264</v>
+        <v>45263</v>
       </c>
       <c r="C52" s="3">
-        <v>45270</v>
+        <v>45269</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="2">
         <f>C52-B52+1</f>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>50</v>
       </c>
       <c r="B53" s="3">
-        <v>45271</v>
+        <v>45270</v>
       </c>
       <c r="C53" s="3">
-        <v>45277</v>
+        <v>45276</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="2">
         <f>C53-B53+1</f>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>51</v>
       </c>
       <c r="B54" s="3">
-        <v>45278</v>
+        <v>45277</v>
       </c>
       <c r="C54" s="3">
-        <v>45284</v>
+        <v>45283</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="2">
         <f>C54-B54+1</f>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>52</v>
       </c>
       <c r="B55" s="3">
-        <v>45285</v>
+        <v>45284</v>
       </c>
       <c r="C55" s="3">
-        <v>45291</v>
+        <v>45290</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="2">
         <f>C55-B55+1</f>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>1</v>