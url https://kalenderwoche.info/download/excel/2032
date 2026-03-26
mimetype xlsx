--- v0 (2026-02-09)
+++ v1 (2026-03-26)
@@ -261,1094 +261,1094 @@
     <row r="3">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
         <v>1</v>
       </c>
       <c r="B4" s="3">
-        <v>48211</v>
+        <v>48210</v>
       </c>
       <c r="C4" s="3">
-        <v>48217</v>
+        <v>48216</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="2">
         <f>C4-B4+1</f>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>2</v>
       </c>
       <c r="B5" s="3">
-        <v>48218</v>
+        <v>48217</v>
       </c>
       <c r="C5" s="3">
-        <v>48224</v>
+        <v>48223</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="2">
         <f>C5-B5+1</f>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>3</v>
       </c>
       <c r="B6" s="3">
-        <v>48225</v>
+        <v>48224</v>
       </c>
       <c r="C6" s="3">
-        <v>48231</v>
+        <v>48230</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="2">
         <f>C6-B6+1</f>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>4</v>
       </c>
       <c r="B7" s="3">
-        <v>48232</v>
+        <v>48231</v>
       </c>
       <c r="C7" s="3">
-        <v>48238</v>
+        <v>48237</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="2">
         <f>C7-B7+1</f>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>5</v>
       </c>
       <c r="B8" s="3">
-        <v>48239</v>
+        <v>48238</v>
       </c>
       <c r="C8" s="3">
-        <v>48245</v>
+        <v>48244</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="2">
         <f>C8-B8+1</f>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>6</v>
       </c>
       <c r="B9" s="3">
-        <v>48246</v>
+        <v>48245</v>
       </c>
       <c r="C9" s="3">
-        <v>48252</v>
+        <v>48251</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="2">
         <f>C9-B9+1</f>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>7</v>
       </c>
       <c r="B10" s="3">
-        <v>48253</v>
+        <v>48252</v>
       </c>
       <c r="C10" s="3">
-        <v>48259</v>
+        <v>48258</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="2">
         <f>C10-B10+1</f>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>8</v>
       </c>
       <c r="B11" s="3">
-        <v>48260</v>
+        <v>48259</v>
       </c>
       <c r="C11" s="3">
-        <v>48266</v>
+        <v>48265</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="2">
         <f>C11-B11+1</f>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>9</v>
       </c>
       <c r="B12" s="3">
-        <v>48267</v>
+        <v>48266</v>
       </c>
       <c r="C12" s="3">
-        <v>48273</v>
+        <v>48272</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="2">
         <f>C12-B12+1</f>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>10</v>
       </c>
       <c r="B13" s="3">
-        <v>48274</v>
+        <v>48273</v>
       </c>
       <c r="C13" s="3">
-        <v>48280</v>
+        <v>48279</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="2">
         <f>C13-B13+1</f>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>11</v>
       </c>
       <c r="B14" s="3">
-        <v>48281</v>
+        <v>48280</v>
       </c>
       <c r="C14" s="3">
-        <v>48287</v>
+        <v>48286</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="2">
         <f>C14-B14+1</f>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>12</v>
       </c>
       <c r="B15" s="3">
-        <v>48288</v>
+        <v>48287</v>
       </c>
       <c r="C15" s="3">
-        <v>48294</v>
+        <v>48293</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F15" s="2">
         <f>C15-B15+1</f>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>13</v>
       </c>
       <c r="B16" s="3">
-        <v>48295</v>
+        <v>48294</v>
       </c>
       <c r="C16" s="3">
-        <v>48301</v>
+        <v>48300</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F16" s="2">
         <f>C16-B16+1</f>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>14</v>
       </c>
       <c r="B17" s="3">
-        <v>48302</v>
+        <v>48301</v>
       </c>
       <c r="C17" s="3">
-        <v>48308</v>
+        <v>48307</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F17" s="2">
         <f>C17-B17+1</f>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>15</v>
       </c>
       <c r="B18" s="3">
-        <v>48309</v>
+        <v>48308</v>
       </c>
       <c r="C18" s="3">
-        <v>48315</v>
+        <v>48314</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="2">
         <f>C18-B18+1</f>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>16</v>
       </c>
       <c r="B19" s="3">
-        <v>48316</v>
+        <v>48315</v>
       </c>
       <c r="C19" s="3">
-        <v>48322</v>
+        <v>48321</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="2">
         <f>C19-B19+1</f>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>17</v>
       </c>
       <c r="B20" s="3">
-        <v>48323</v>
+        <v>48322</v>
       </c>
       <c r="C20" s="3">
-        <v>48329</v>
+        <v>48328</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="2">
         <f>C20-B20+1</f>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>18</v>
       </c>
       <c r="B21" s="3">
-        <v>48330</v>
+        <v>48329</v>
       </c>
       <c r="C21" s="3">
-        <v>48336</v>
+        <v>48335</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="2">
         <f>C21-B21+1</f>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>19</v>
       </c>
       <c r="B22" s="3">
-        <v>48337</v>
+        <v>48336</v>
       </c>
       <c r="C22" s="3">
-        <v>48343</v>
+        <v>48342</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="2">
         <f>C22-B22+1</f>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>20</v>
       </c>
       <c r="B23" s="3">
-        <v>48344</v>
+        <v>48343</v>
       </c>
       <c r="C23" s="3">
-        <v>48350</v>
+        <v>48349</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="2">
         <f>C23-B23+1</f>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>21</v>
       </c>
       <c r="B24" s="3">
-        <v>48351</v>
+        <v>48350</v>
       </c>
       <c r="C24" s="3">
-        <v>48357</v>
+        <v>48356</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="2">
         <f>C24-B24+1</f>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>22</v>
       </c>
       <c r="B25" s="3">
-        <v>48358</v>
+        <v>48357</v>
       </c>
       <c r="C25" s="3">
-        <v>48364</v>
+        <v>48363</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="2">
         <f>C25-B25+1</f>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>23</v>
       </c>
       <c r="B26" s="3">
-        <v>48365</v>
+        <v>48364</v>
       </c>
       <c r="C26" s="3">
-        <v>48371</v>
+        <v>48370</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="2">
         <f>C26-B26+1</f>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>24</v>
       </c>
       <c r="B27" s="3">
-        <v>48372</v>
+        <v>48371</v>
       </c>
       <c r="C27" s="3">
-        <v>48378</v>
+        <v>48377</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="2">
         <f>C27-B27+1</f>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>25</v>
       </c>
       <c r="B28" s="3">
-        <v>48379</v>
+        <v>48378</v>
       </c>
       <c r="C28" s="3">
-        <v>48385</v>
+        <v>48384</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="2">
         <f>C28-B28+1</f>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>26</v>
       </c>
       <c r="B29" s="3">
-        <v>48386</v>
+        <v>48385</v>
       </c>
       <c r="C29" s="3">
-        <v>48392</v>
+        <v>48391</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="2">
         <f>C29-B29+1</f>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>27</v>
       </c>
       <c r="B30" s="3">
-        <v>48393</v>
+        <v>48392</v>
       </c>
       <c r="C30" s="3">
-        <v>48399</v>
+        <v>48398</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="2">
         <f>C30-B30+1</f>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>28</v>
       </c>
       <c r="B31" s="3">
-        <v>48400</v>
+        <v>48399</v>
       </c>
       <c r="C31" s="3">
-        <v>48406</v>
+        <v>48405</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F31" s="2">
         <f>C31-B31+1</f>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>29</v>
       </c>
       <c r="B32" s="3">
-        <v>48407</v>
+        <v>48406</v>
       </c>
       <c r="C32" s="3">
-        <v>48413</v>
+        <v>48412</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F32" s="2">
         <f>C32-B32+1</f>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>30</v>
       </c>
       <c r="B33" s="3">
-        <v>48414</v>
+        <v>48413</v>
       </c>
       <c r="C33" s="3">
-        <v>48420</v>
+        <v>48419</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F33" s="2">
         <f>C33-B33+1</f>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>31</v>
       </c>
       <c r="B34" s="3">
-        <v>48421</v>
+        <v>48420</v>
       </c>
       <c r="C34" s="3">
-        <v>48427</v>
+        <v>48426</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F34" s="2">
         <f>C34-B34+1</f>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>32</v>
       </c>
       <c r="B35" s="3">
-        <v>48428</v>
+        <v>48427</v>
       </c>
       <c r="C35" s="3">
-        <v>48434</v>
+        <v>48433</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F35" s="2">
         <f>C35-B35+1</f>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>33</v>
       </c>
       <c r="B36" s="3">
-        <v>48435</v>
+        <v>48434</v>
       </c>
       <c r="C36" s="3">
-        <v>48441</v>
+        <v>48440</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F36" s="2">
         <f>C36-B36+1</f>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>34</v>
       </c>
       <c r="B37" s="3">
-        <v>48442</v>
+        <v>48441</v>
       </c>
       <c r="C37" s="3">
-        <v>48448</v>
+        <v>48447</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F37" s="2">
         <f>C37-B37+1</f>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>35</v>
       </c>
       <c r="B38" s="3">
-        <v>48449</v>
+        <v>48448</v>
       </c>
       <c r="C38" s="3">
-        <v>48455</v>
+        <v>48454</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F38" s="2">
         <f>C38-B38+1</f>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>36</v>
       </c>
       <c r="B39" s="3">
-        <v>48456</v>
+        <v>48455</v>
       </c>
       <c r="C39" s="3">
-        <v>48462</v>
+        <v>48461</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F39" s="2">
         <f>C39-B39+1</f>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>37</v>
       </c>
       <c r="B40" s="3">
-        <v>48463</v>
+        <v>48462</v>
       </c>
       <c r="C40" s="3">
-        <v>48469</v>
+        <v>48468</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F40" s="2">
         <f>C40-B40+1</f>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>38</v>
       </c>
       <c r="B41" s="3">
-        <v>48470</v>
+        <v>48469</v>
       </c>
       <c r="C41" s="3">
-        <v>48476</v>
+        <v>48475</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F41" s="2">
         <f>C41-B41+1</f>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>39</v>
       </c>
       <c r="B42" s="3">
-        <v>48477</v>
+        <v>48476</v>
       </c>
       <c r="C42" s="3">
-        <v>48483</v>
+        <v>48482</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F42" s="2">
         <f>C42-B42+1</f>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>40</v>
       </c>
       <c r="B43" s="3">
-        <v>48484</v>
+        <v>48483</v>
       </c>
       <c r="C43" s="3">
-        <v>48490</v>
+        <v>48489</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F43" s="2">
         <f>C43-B43+1</f>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>41</v>
       </c>
       <c r="B44" s="3">
-        <v>48491</v>
+        <v>48490</v>
       </c>
       <c r="C44" s="3">
-        <v>48497</v>
+        <v>48496</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="2">
         <f>C44-B44+1</f>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>42</v>
       </c>
       <c r="B45" s="3">
-        <v>48498</v>
+        <v>48497</v>
       </c>
       <c r="C45" s="3">
-        <v>48504</v>
+        <v>48503</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="2">
         <f>C45-B45+1</f>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>43</v>
       </c>
       <c r="B46" s="3">
-        <v>48505</v>
+        <v>48504</v>
       </c>
       <c r="C46" s="3">
-        <v>48511</v>
+        <v>48510</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="2">
         <f>C46-B46+1</f>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>44</v>
       </c>
       <c r="B47" s="3">
-        <v>48512</v>
+        <v>48511</v>
       </c>
       <c r="C47" s="3">
-        <v>48518</v>
+        <v>48517</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="2">
         <f>C47-B47+1</f>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>45</v>
       </c>
       <c r="B48" s="3">
-        <v>48519</v>
+        <v>48518</v>
       </c>
       <c r="C48" s="3">
-        <v>48525</v>
+        <v>48524</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="2">
         <f>C48-B48+1</f>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>46</v>
       </c>
       <c r="B49" s="3">
-        <v>48526</v>
+        <v>48525</v>
       </c>
       <c r="C49" s="3">
-        <v>48532</v>
+        <v>48531</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="2">
         <f>C49-B49+1</f>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>47</v>
       </c>
       <c r="B50" s="3">
-        <v>48533</v>
+        <v>48532</v>
       </c>
       <c r="C50" s="3">
-        <v>48539</v>
+        <v>48538</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="2">
         <f>C50-B50+1</f>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>48</v>
       </c>
       <c r="B51" s="3">
-        <v>48540</v>
+        <v>48539</v>
       </c>
       <c r="C51" s="3">
-        <v>48546</v>
+        <v>48545</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="2">
         <f>C51-B51+1</f>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>49</v>
       </c>
       <c r="B52" s="3">
-        <v>48547</v>
+        <v>48546</v>
       </c>
       <c r="C52" s="3">
-        <v>48553</v>
+        <v>48552</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="2">
         <f>C52-B52+1</f>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>50</v>
       </c>
       <c r="B53" s="3">
-        <v>48554</v>
+        <v>48553</v>
       </c>
       <c r="C53" s="3">
-        <v>48560</v>
+        <v>48559</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="2">
         <f>C53-B53+1</f>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>51</v>
       </c>
       <c r="B54" s="3">
-        <v>48561</v>
+        <v>48560</v>
       </c>
       <c r="C54" s="3">
-        <v>48567</v>
+        <v>48566</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="2">
         <f>C54-B54+1</f>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>52</v>
       </c>
       <c r="B55" s="3">
-        <v>48568</v>
+        <v>48567</v>
       </c>
       <c r="C55" s="3">
-        <v>48574</v>
+        <v>48573</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="2">
         <f>C55-B55+1</f>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>53</v>
       </c>
       <c r="B56" s="3">
-        <v>48575</v>
+        <v>48574</v>
       </c>
       <c r="C56" s="3">
-        <v>48581</v>
+        <v>48580</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="2">
         <f>C56-B56+1</f>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>1</v>