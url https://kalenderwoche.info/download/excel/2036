--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -261,1074 +261,1074 @@
     <row r="3">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
         <v>1</v>
       </c>
       <c r="B4" s="3">
-        <v>49673</v>
+        <v>49674</v>
       </c>
       <c r="C4" s="3">
-        <v>49679</v>
+        <v>49680</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="2">
         <f>C4-B4+1</f>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>2</v>
       </c>
       <c r="B5" s="3">
-        <v>49680</v>
+        <v>49681</v>
       </c>
       <c r="C5" s="3">
-        <v>49686</v>
+        <v>49687</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="2">
         <f>C5-B5+1</f>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>3</v>
       </c>
       <c r="B6" s="3">
-        <v>49687</v>
+        <v>49688</v>
       </c>
       <c r="C6" s="3">
-        <v>49693</v>
+        <v>49694</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="2">
         <f>C6-B6+1</f>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>4</v>
       </c>
       <c r="B7" s="3">
-        <v>49694</v>
+        <v>49695</v>
       </c>
       <c r="C7" s="3">
-        <v>49700</v>
+        <v>49701</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="2">
         <f>C7-B7+1</f>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>5</v>
       </c>
       <c r="B8" s="3">
-        <v>49701</v>
+        <v>49702</v>
       </c>
       <c r="C8" s="3">
-        <v>49707</v>
+        <v>49708</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="2">
         <f>C8-B8+1</f>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>6</v>
       </c>
       <c r="B9" s="3">
-        <v>49708</v>
+        <v>49709</v>
       </c>
       <c r="C9" s="3">
-        <v>49714</v>
+        <v>49715</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="2">
         <f>C9-B9+1</f>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>7</v>
       </c>
       <c r="B10" s="3">
-        <v>49715</v>
+        <v>49716</v>
       </c>
       <c r="C10" s="3">
-        <v>49721</v>
+        <v>49722</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="2">
         <f>C10-B10+1</f>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>8</v>
       </c>
       <c r="B11" s="3">
-        <v>49722</v>
+        <v>49723</v>
       </c>
       <c r="C11" s="3">
-        <v>49728</v>
+        <v>49729</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="2">
         <f>C11-B11+1</f>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>9</v>
       </c>
       <c r="B12" s="3">
-        <v>49729</v>
+        <v>49730</v>
       </c>
       <c r="C12" s="3">
-        <v>49735</v>
+        <v>49736</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="2">
         <f>C12-B12+1</f>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>10</v>
       </c>
       <c r="B13" s="3">
-        <v>49736</v>
+        <v>49737</v>
       </c>
       <c r="C13" s="3">
-        <v>49742</v>
+        <v>49743</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="2">
         <f>C13-B13+1</f>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>11</v>
       </c>
       <c r="B14" s="3">
-        <v>49743</v>
+        <v>49744</v>
       </c>
       <c r="C14" s="3">
-        <v>49749</v>
+        <v>49750</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="2">
         <f>C14-B14+1</f>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>12</v>
       </c>
       <c r="B15" s="3">
-        <v>49750</v>
+        <v>49751</v>
       </c>
       <c r="C15" s="3">
-        <v>49756</v>
+        <v>49757</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F15" s="2">
         <f>C15-B15+1</f>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>13</v>
       </c>
       <c r="B16" s="3">
-        <v>49757</v>
+        <v>49758</v>
       </c>
       <c r="C16" s="3">
-        <v>49763</v>
+        <v>49764</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F16" s="2">
         <f>C16-B16+1</f>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>14</v>
       </c>
       <c r="B17" s="3">
-        <v>49764</v>
+        <v>49765</v>
       </c>
       <c r="C17" s="3">
-        <v>49770</v>
+        <v>49771</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F17" s="2">
         <f>C17-B17+1</f>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>15</v>
       </c>
       <c r="B18" s="3">
-        <v>49771</v>
+        <v>49772</v>
       </c>
       <c r="C18" s="3">
-        <v>49777</v>
+        <v>49778</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="2">
         <f>C18-B18+1</f>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>16</v>
       </c>
       <c r="B19" s="3">
-        <v>49778</v>
+        <v>49779</v>
       </c>
       <c r="C19" s="3">
-        <v>49784</v>
+        <v>49785</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="2">
         <f>C19-B19+1</f>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>17</v>
       </c>
       <c r="B20" s="3">
-        <v>49785</v>
+        <v>49786</v>
       </c>
       <c r="C20" s="3">
-        <v>49791</v>
+        <v>49792</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="2">
         <f>C20-B20+1</f>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>18</v>
       </c>
       <c r="B21" s="3">
-        <v>49792</v>
+        <v>49793</v>
       </c>
       <c r="C21" s="3">
-        <v>49798</v>
+        <v>49799</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="2">
         <f>C21-B21+1</f>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>19</v>
       </c>
       <c r="B22" s="3">
-        <v>49799</v>
+        <v>49800</v>
       </c>
       <c r="C22" s="3">
-        <v>49805</v>
+        <v>49806</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="2">
         <f>C22-B22+1</f>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>20</v>
       </c>
       <c r="B23" s="3">
-        <v>49806</v>
+        <v>49807</v>
       </c>
       <c r="C23" s="3">
-        <v>49812</v>
+        <v>49813</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="2">
         <f>C23-B23+1</f>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>21</v>
       </c>
       <c r="B24" s="3">
-        <v>49813</v>
+        <v>49814</v>
       </c>
       <c r="C24" s="3">
-        <v>49819</v>
+        <v>49820</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="2">
         <f>C24-B24+1</f>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>22</v>
       </c>
       <c r="B25" s="3">
-        <v>49820</v>
+        <v>49821</v>
       </c>
       <c r="C25" s="3">
-        <v>49826</v>
+        <v>49827</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="2">
         <f>C25-B25+1</f>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>23</v>
       </c>
       <c r="B26" s="3">
-        <v>49827</v>
+        <v>49828</v>
       </c>
       <c r="C26" s="3">
-        <v>49833</v>
+        <v>49834</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="2">
         <f>C26-B26+1</f>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>24</v>
       </c>
       <c r="B27" s="3">
-        <v>49834</v>
+        <v>49835</v>
       </c>
       <c r="C27" s="3">
-        <v>49840</v>
+        <v>49841</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="2">
         <f>C27-B27+1</f>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>25</v>
       </c>
       <c r="B28" s="3">
-        <v>49841</v>
+        <v>49842</v>
       </c>
       <c r="C28" s="3">
-        <v>49847</v>
+        <v>49848</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="2">
         <f>C28-B28+1</f>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>26</v>
       </c>
       <c r="B29" s="3">
-        <v>49848</v>
+        <v>49849</v>
       </c>
       <c r="C29" s="3">
-        <v>49854</v>
+        <v>49855</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="2">
         <f>C29-B29+1</f>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>27</v>
       </c>
       <c r="B30" s="3">
-        <v>49855</v>
+        <v>49856</v>
       </c>
       <c r="C30" s="3">
-        <v>49861</v>
+        <v>49862</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="2">
         <f>C30-B30+1</f>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>28</v>
       </c>
       <c r="B31" s="3">
-        <v>49862</v>
+        <v>49863</v>
       </c>
       <c r="C31" s="3">
-        <v>49868</v>
+        <v>49869</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F31" s="2">
         <f>C31-B31+1</f>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>29</v>
       </c>
       <c r="B32" s="3">
-        <v>49869</v>
+        <v>49870</v>
       </c>
       <c r="C32" s="3">
-        <v>49875</v>
+        <v>49876</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F32" s="2">
         <f>C32-B32+1</f>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>30</v>
       </c>
       <c r="B33" s="3">
-        <v>49876</v>
+        <v>49877</v>
       </c>
       <c r="C33" s="3">
-        <v>49882</v>
+        <v>49883</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F33" s="2">
         <f>C33-B33+1</f>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>31</v>
       </c>
       <c r="B34" s="3">
-        <v>49883</v>
+        <v>49884</v>
       </c>
       <c r="C34" s="3">
-        <v>49889</v>
+        <v>49890</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F34" s="2">
         <f>C34-B34+1</f>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>32</v>
       </c>
       <c r="B35" s="3">
-        <v>49890</v>
+        <v>49891</v>
       </c>
       <c r="C35" s="3">
-        <v>49896</v>
+        <v>49897</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F35" s="2">
         <f>C35-B35+1</f>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>33</v>
       </c>
       <c r="B36" s="3">
-        <v>49897</v>
+        <v>49898</v>
       </c>
       <c r="C36" s="3">
-        <v>49903</v>
+        <v>49904</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F36" s="2">
         <f>C36-B36+1</f>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>34</v>
       </c>
       <c r="B37" s="3">
-        <v>49904</v>
+        <v>49905</v>
       </c>
       <c r="C37" s="3">
-        <v>49910</v>
+        <v>49911</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F37" s="2">
         <f>C37-B37+1</f>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>35</v>
       </c>
       <c r="B38" s="3">
-        <v>49911</v>
+        <v>49912</v>
       </c>
       <c r="C38" s="3">
-        <v>49917</v>
+        <v>49918</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F38" s="2">
         <f>C38-B38+1</f>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>36</v>
       </c>
       <c r="B39" s="3">
-        <v>49918</v>
+        <v>49919</v>
       </c>
       <c r="C39" s="3">
-        <v>49924</v>
+        <v>49925</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F39" s="2">
         <f>C39-B39+1</f>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>37</v>
       </c>
       <c r="B40" s="3">
-        <v>49925</v>
+        <v>49926</v>
       </c>
       <c r="C40" s="3">
-        <v>49931</v>
+        <v>49932</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F40" s="2">
         <f>C40-B40+1</f>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>38</v>
       </c>
       <c r="B41" s="3">
-        <v>49932</v>
+        <v>49933</v>
       </c>
       <c r="C41" s="3">
-        <v>49938</v>
+        <v>49939</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F41" s="2">
         <f>C41-B41+1</f>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>39</v>
       </c>
       <c r="B42" s="3">
-        <v>49939</v>
+        <v>49940</v>
       </c>
       <c r="C42" s="3">
-        <v>49945</v>
+        <v>49946</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F42" s="2">
         <f>C42-B42+1</f>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>40</v>
       </c>
       <c r="B43" s="3">
-        <v>49946</v>
+        <v>49947</v>
       </c>
       <c r="C43" s="3">
-        <v>49952</v>
+        <v>49953</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F43" s="2">
         <f>C43-B43+1</f>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>41</v>
       </c>
       <c r="B44" s="3">
-        <v>49953</v>
+        <v>49954</v>
       </c>
       <c r="C44" s="3">
-        <v>49959</v>
+        <v>49960</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="2">
         <f>C44-B44+1</f>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>42</v>
       </c>
       <c r="B45" s="3">
-        <v>49960</v>
+        <v>49961</v>
       </c>
       <c r="C45" s="3">
-        <v>49966</v>
+        <v>49967</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="2">
         <f>C45-B45+1</f>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>43</v>
       </c>
       <c r="B46" s="3">
-        <v>49967</v>
+        <v>49968</v>
       </c>
       <c r="C46" s="3">
-        <v>49973</v>
+        <v>49974</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="2">
         <f>C46-B46+1</f>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>44</v>
       </c>
       <c r="B47" s="3">
-        <v>49974</v>
+        <v>49975</v>
       </c>
       <c r="C47" s="3">
-        <v>49980</v>
+        <v>49981</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="2">
         <f>C47-B47+1</f>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>45</v>
       </c>
       <c r="B48" s="3">
-        <v>49981</v>
+        <v>49982</v>
       </c>
       <c r="C48" s="3">
-        <v>49987</v>
+        <v>49988</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="2">
         <f>C48-B48+1</f>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>46</v>
       </c>
       <c r="B49" s="3">
-        <v>49988</v>
+        <v>49989</v>
       </c>
       <c r="C49" s="3">
-        <v>49994</v>
+        <v>49995</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="2">
         <f>C49-B49+1</f>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>47</v>
       </c>
       <c r="B50" s="3">
-        <v>49995</v>
+        <v>49996</v>
       </c>
       <c r="C50" s="3">
-        <v>50001</v>
+        <v>50002</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="2">
         <f>C50-B50+1</f>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>48</v>
       </c>
       <c r="B51" s="3">
-        <v>50002</v>
+        <v>50003</v>
       </c>
       <c r="C51" s="3">
-        <v>50008</v>
+        <v>50009</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="2">
         <f>C51-B51+1</f>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>49</v>
       </c>
       <c r="B52" s="3">
-        <v>50009</v>
+        <v>50010</v>
       </c>
       <c r="C52" s="3">
-        <v>50015</v>
+        <v>50016</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="2">
         <f>C52-B52+1</f>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>50</v>
       </c>
       <c r="B53" s="3">
-        <v>50016</v>
+        <v>50017</v>
       </c>
       <c r="C53" s="3">
-        <v>50022</v>
+        <v>50023</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="2">
         <f>C53-B53+1</f>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>51</v>
       </c>
       <c r="B54" s="3">
-        <v>50023</v>
+        <v>50024</v>
       </c>
       <c r="C54" s="3">
-        <v>50029</v>
+        <v>50030</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="2">
         <f>C54-B54+1</f>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>52</v>
       </c>
       <c r="B55" s="3">
-        <v>50030</v>
+        <v>50031</v>
       </c>
       <c r="C55" s="3">
-        <v>50036</v>
+        <v>50037</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="2">
         <f>C55-B55+1</f>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>1</v>